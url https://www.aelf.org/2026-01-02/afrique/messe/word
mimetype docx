--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -10,52 +10,52 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc0"/>
       <w:r>
         <w:t>vendredi  2 janvier 2026
 2 janvier
-S. Basile le Grand et S. Grégoire de Nazianze, évêques et docteurs de l'Eglise (jeudi psautier I)
-</w:t>
+S. Basile le Grand et S. Grégoire de Nazianze, évêques et docteurs de l'Église (jeudi psautier I)
+Mémoire</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Lectures de la messe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Première lecture (1 Jn 2, 22-28)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr/>