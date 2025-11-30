--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -48,51 +48,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Première lecture (Nb 11, 25-29)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">En ces jours-là, le Seigneur descendit dans la nuée pour parler avec Moïse. Il prit une part de l’esprit qui reposait sur celui-ci, et le mit sur les 70 anciens. Dès que l’esprit reposa sur eux, ils se mirent à prophétiser, mais cela ne dura pas. Or, deux hommes étaient restés dans le camp ; l’un s’appelait Eldad, et l’autre Médad. L’esprit reposa sur eux ; eux aussi avaient été choisis, mais ils ne s’étaient pas rendus à la Tente, et c’est dans le camp qu’ils se mirent à prophétiser. Un jeune homme courut annoncer à Moïse : « Eldad et Médad prophétisent dans le camp ! » Josué, fils de Noun, auxiliaire de Moïse depuis sa jeunesse, prit la parole : « Moïse, mon maître, arrête-les ! » Mais Moïse lui dit : « Serais-tu jaloux pour moi ? Ah ! Si le Seigneur pouvait faire de tout son peuple un peuple de prophètes ! Si le Seigneur pouvait mettre son esprit sur eux ! » – Parole du Seigneur.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Psaume (Ps  18 (19), 8, 10, 12-13, 14)</w:t>
+        <w:t>Psaume (Ps  18B (19), 8, 10, 12-13, 14)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">La loi du Seigneur est parfaite, qui redonne vie ; la charte du Seigneur est sûre, qui rend sages les simples. La crainte qu’il inspire est pure, elle est là pour toujours ; les décisions du Seigneur sont justes et vraiment équitables. Aussi ton serviteur en est illuminé ; à les garder, il trouve son profit. Qui peut discerner ses erreurs ? Purifie-moi de celles qui m’échappent. Préserve aussi ton serviteur de l’orgueil : qu’il n’ait sur moi aucune emprise. Alors je serai sans reproche, pur d’un grand péché.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Deuxième lecture (Jc 5, 1-6)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>