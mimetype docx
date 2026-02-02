--- v0 (2025-10-15)
+++ v1 (2026-02-02)
@@ -39,51 +39,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Lectures de la messe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Première lecture (Si 3, 2-6.12-14)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Le Seigneur glorifie le père dans ses enfants, il renforce l’autorité de la mère sur ses fils. Celui qui honore son père obtient le pardon de ses péchés, celui qui glorifie sa mère est comme celui qui amasse un trésor. Celui qui honore son père aura de la joie dans ses enfants, au jour de sa prière il sera exaucé. Celui qui glorifie son père verra de longs jours, celui qui obéit au Seigneur donne du réconfort à sa mère. Mon fils, soutiens ton père dans sa vieillesse, ne le chagrine pas pendant sa vie. Même si son esprit l’abandonne, sois indulgent, ne le méprise pas, toi qui es en pleine force. Car ta miséricorde envers ton père ne sera pas oubliée, et elle relèvera ta maison si elle est ruinée par le péché. – Parole du Seigneur. OU BIEN
+        <w:t xml:space="preserve">Le Seigneur glorifie le père dans ses enfants, il renforce l’autorité de la mère sur ses fils. Celui qui honore son père obtient le pardon de ses péchés, celui qui glorifie sa mère est comme celui qui amasse un trésor. Celui qui honore son père aura de la joie dans ses enfants, au jour de sa prière il sera exaucé. Celui qui glorifie son père verra de longs jours, celui qui obéit au Seigneur donne du réconfort à sa mère. Mon fils, soutiens ton père dans sa vieillesse, ne le chagrine pas pendant sa vie. Même si son esprit l’abandonne, sois indulgent, ne le méprise pas, toi qui es en pleine force. Car ta miséricorde envers ton père ne sera pas oubliée, et elle relèvera ta maison si elle est ruinée par le péché. – Parole du Seigneur.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Psaume (Ps 127 (128), 1-2, 3, 4-5)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Heureux qui craint le Seigneur et marche selon ses voies ! Tu te nourriras du travail de tes mains : Heureux es-tu ! À toi, le bonheur ! Ta femme sera dans ta maison comme une vigne généreuse, et tes fils, autour de la table, comme des plants d’olivier. Voilà comment sera béni l’homme qui craint le Seigneur. De Sion, que le Seigneur te bénisse ! Tu verras le bonheur de Jérusalem tous les jours de ta vie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>