--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -67,77 +67,77 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Psaume (Ps 118 (119), 29.43, 79-80, 95.102)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Détourne-moi de la voie du mensonge, fais-moi la grâce de ta loi. N’ôte pas de ma bouche la parole de vérité, car j’espère tes décisions. Qu’ils se tournent vers moi, ceux qui te craignent, ceux qui connaissent tes exigences. Que j’aie par tes commandements le cœur intègre : alors je ne serai pas humilié. Des impies escomptent ma perte : moi, je réfléchis à tes exigences. De tes décisions, je ne veux pas m’écarter, car c’est toi qui m’enseignes.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Évangile (Mt 14, 13-21)</w:t>
+        <w:t>Évangile (Mt 14, 22-36)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Année B - 2024 - et C En ce temps-là, quand Jésus apprit la mort de Jean le Baptiste, il se retira et partit en barque pour un endroit désert, à l’écart. Les foules l’apprirent et, quittant leurs villes, elles suivirent à pied. En débarquant, il vit une grande foule de gens ; il fut saisi de compassion envers eux et guérit leurs malades. Le soir venu, les disciples s’approchèrent et lui dirent : « L’endroit est désert et l’heure est déjà avancée. Renvoie donc la foule : qu’ils aillent dans les villages s’acheter de la nourriture ! » Mais Jésus leur dit : « Ils n’ont pas besoin de s’en aller. Donnez-leur vous-mêmes à manger. » Alors ils lui disent : « Nous n’avons là que cinq pains et deux poissons. » Jésus dit : « Apportez-les moi. » Puis, ordonnant à la foule de s’asseoir sur l’herbe, il prit les cinq pains et les deux poissons, et, levant les yeux au ciel, il prononça la bénédiction ; il rompit les pains, il les donna aux disciples, et les disciples les donnèrent à la foule. Ils mangèrent tous et ils furent rassasiés. On ramassa les morceaux qui restaient : cela faisait douze paniers pleins. Ceux qui avaient mangé étaient environ cinq mille, sans compter les femmes et les enfants. – Acclamons la Parole de Dieu.
+        <w:t xml:space="preserve">2026 - Année A Jésus avait nourri la foule dans le désert. Aussitôt il obligea les disciples à monter dans la barque et à le précéder sur l’autre rive, pendant qu’il renverrait les foules. Quand il les eut renvoyées, il gravit la montagne, à l’écart, pour prier. Le soir venu, il était là, seul. La barque était déjà à une bonne distance de la terre, elle était battue par les vagues, car le vent était contraire. Vers la fin de la nuit, Jésus vint vers eux en marchant sur la mer. En le voyant marcher sur la mer, les disciples furent bouleversés. Ils dirent : « C’est un fantôme. » Pris de peur, ils se mirent à crier. Mais aussitôt Jésus leur parla : « Confiance ! c’est moi ; n’ayez plus peur ! » Pierre prit alors la parole : « Seigneur, si c’est bien toi, ordonne-moi de venir vers toi sur les eaux. » Jésus lui dit : « Viens ! » Pierre descendit de la barque et marcha sur les eaux pour aller vers Jésus. Mais, voyant la force du vent, il eut peur et, comme il commençait à enfoncer, il cria : « Seigneur, sauve-moi ! » Aussitôt, Jésus étendit la main, le saisit et lui dit : « Homme de peu de foi, pourquoi as-tu douté ? » Et quand ils furent montés dans la barque, le vent tomba. Alors ceux qui étaient dans la barque se prosternèrent devant lui, et ils lui dirent : « Vraiment, tu es le Fils de Dieu ! » Après la traversée, ils abordèrent à Génésareth. Les gens de cet endroit reconnurent Jésus ; ils firent avertir toute la région, et on lui amena tous les malades. Ils le suppliaient de leur laisser seulement toucher la frange de son manteau, et tous ceux qui le faisaient furent sauvés. – Acclamons la Parole de Dieu. [ou pour l'année B et C, voir ci-dessous]
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc5"/>
       <w:r>
-        <w:t>Évangile (Mt 14, 22-36)</w:t>
+        <w:t>Évangile (Mt 14, 13-21)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Année A Jésus avait nourri la foule dans le désert. Aussitôt il obligea les disciples à monter dans la barque et à le précéder sur l’autre rive, pendant qu’il renverrait les foules. Quand il les eut renvoyées, il gravit la montagne, à l’écart, pour prier. Le soir venu, il était là, seul. La barque était déjà à une bonne distance de la terre, elle était battue par les vagues, car le vent était contraire. Vers la fin de la nuit, Jésus vint vers eux en marchant sur la mer. En le voyant marcher sur la mer, les disciples furent bouleversés. Ils dirent : « C’est un fantôme. » Pris de peur, ils se mirent à crier. Mais aussitôt Jésus leur parla : « Confiance ! c’est moi ; n’ayez plus peur ! » Pierre prit alors la parole : « Seigneur, si c’est bien toi, ordonne-moi de venir vers toi sur les eaux. » Jésus lui dit : « Viens ! » Pierre descendit de la barque et marcha sur les eaux pour aller vers Jésus. Mais, voyant la force du vent, il eut peur et, comme il commençait à enfoncer, il cria : « Seigneur, sauve-moi ! » Aussitôt, Jésus étendit la main, le saisit et lui dit : « Homme de peu de foi, pourquoi as-tu douté ? » Et quand ils furent montés dans la barque, le vent tomba. Alors ceux qui étaient dans la barque se prosternèrent devant lui, et ils lui dirent : « Vraiment, tu es le Fils de Dieu ! » Après la traversée, ils abordèrent à Génésareth. Les gens de cet endroit reconnurent Jésus ; ils firent avertir toute la région, et on lui amena tous les malades. Ils le suppliaient de leur laisser seulement toucher la frange de son manteau, et tous ceux qui le faisaient furent sauvés. – Acclamons la Parole de Dieu. OU BIEN
+        <w:t xml:space="preserve">Année B - et C En ce temps-là, quand Jésus apprit la mort de Jean le Baptiste, il se retira et partit en barque pour un endroit désert, à l’écart. Les foules l’apprirent et, quittant leurs villes, elles suivirent à pied. En débarquant, il vit une grande foule de gens ; il fut saisi de compassion envers eux et guérit leurs malades. Le soir venu, les disciples s’approchèrent et lui dirent : « L’endroit est désert et l’heure est déjà avancée. Renvoie donc la foule : qu’ils aillent dans les villages s’acheter de la nourriture ! » Mais Jésus leur dit : « Ils n’ont pas besoin de s’en aller. Donnez-leur vous-mêmes à manger. » Alors ils lui disent : « Nous n’avons là que cinq pains et deux poissons. » Jésus dit : « Apportez-les moi. » Puis, ordonnant à la foule de s’asseoir sur l’herbe, il prit les cinq pains et les deux poissons, et, levant les yeux au ciel, il prononça la bénédiction ; il rompit les pains, il les donna aux disciples, et les disciples les donnèrent à la foule. Ils mangèrent tous et ils furent rassasiés. On ramassa les morceaux qui restaient : cela faisait douze paniers pleins. Ceux qui avaient mangé étaient environ cinq mille, sans compter les femmes et les enfants. – Acclamons la Parole de Dieu.
 </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>